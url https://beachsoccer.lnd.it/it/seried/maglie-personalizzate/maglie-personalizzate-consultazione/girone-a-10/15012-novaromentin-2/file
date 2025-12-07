--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -18,224 +18,227 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView xWindow="0" yWindow="40" windowWidth="15960" windowHeight="18080"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>LEGA NAZIONALE DILETTANTI - DIPARTIMENTO INTERREGIONALE</t>
   </si>
   <si>
     <t xml:space="preserve"> SQUADRA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>NOVAROMENTIN</t>
   </si>
   <si>
+    <t>ALESSANDRINO</t>
+  </si>
+  <si>
+    <t>MATTEO</t>
+  </si>
+  <si>
     <t>BELLINGARDO</t>
   </si>
   <si>
     <t>ANDREA</t>
   </si>
   <si>
     <t>BERTELEGNI</t>
   </si>
   <si>
     <t>TOMMASO</t>
   </si>
   <si>
+    <t>BETTINI</t>
+  </si>
+  <si>
     <t>BIGNOLI</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
     <t>CATANIA</t>
   </si>
   <si>
     <t>LORENZO</t>
   </si>
   <si>
     <t>CENCI</t>
   </si>
   <si>
     <t>CHRISTIAN</t>
   </si>
   <si>
+    <t>COSTA</t>
+  </si>
+  <si>
+    <t>MATTIA</t>
+  </si>
+  <si>
     <t>CRIVELLI</t>
   </si>
   <si>
     <t>LUCA</t>
   </si>
   <si>
     <t>DE LORENZIS</t>
   </si>
   <si>
     <t>GUGLIELMO</t>
   </si>
   <si>
-    <t>DE LUCIA</t>
-[...10 lines deleted...]
-  <si>
     <t>GADDA</t>
   </si>
   <si>
     <t>GIULIO</t>
   </si>
   <si>
-    <t>GIROLETTI</t>
-[...1 lines deleted...]
-  <si>
     <t>GOZZO</t>
   </si>
   <si>
     <t>LONGO</t>
   </si>
   <si>
     <t>STEFANO</t>
   </si>
   <si>
     <t>MARTINER</t>
   </si>
   <si>
-    <t>MATTEO</t>
-[...1 lines deleted...]
-  <si>
     <t>MINDRUTA</t>
   </si>
   <si>
     <t>KEVIN</t>
   </si>
   <si>
     <t>NOTATORE</t>
   </si>
   <si>
     <t>LUCAS</t>
   </si>
   <si>
     <t>OLIVERI</t>
   </si>
   <si>
     <t>COSIMO</t>
   </si>
   <si>
     <t>PEDRAZZINI</t>
   </si>
   <si>
     <t>CARLO</t>
   </si>
   <si>
+    <t>PIERSANTI</t>
+  </si>
+  <si>
     <t>POMONI</t>
   </si>
   <si>
     <t>NICOLA</t>
   </si>
   <si>
     <t>POMPILIO</t>
   </si>
   <si>
     <t>FEDERICO</t>
   </si>
   <si>
-    <t>RANIERI</t>
-[...1 lines deleted...]
-  <si>
     <t>RETTORE</t>
   </si>
   <si>
     <t>MIRKO</t>
   </si>
   <si>
     <t>ROCCO</t>
   </si>
   <si>
     <t>DANIELE</t>
   </si>
   <si>
     <t>ROJO ACOSTA</t>
   </si>
   <si>
     <t>AGUSTIN</t>
   </si>
   <si>
-    <t>SANTARELLI</t>
-[...1 lines deleted...]
-  <si>
     <t>SILVESTRI</t>
   </si>
   <si>
     <t>IVAN</t>
   </si>
   <si>
     <t>TUNESI</t>
   </si>
   <si>
-    <t>MATTIA</t>
+    <t>VAI</t>
+  </si>
+  <si>
+    <t>SAMUELE</t>
   </si>
   <si>
     <t>VALENTI</t>
   </si>
   <si>
     <t>ALESSANDRO</t>
+  </si>
+  <si>
+    <t>VONO</t>
+  </si>
+  <si>
+    <t>RICCARDO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="0" formatCode="General"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
     </font>
     <font>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Calibri"/>
     </font>
@@ -1461,51 +1464,51 @@
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="0" defaultGridColor="1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5" defaultRowHeight="13" customHeight="1" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18.1719" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.6719" style="1" customWidth="1"/>
     <col min="3" max="3" width="22.1719" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.6719" style="1" customWidth="1"/>
     <col min="5" max="16384" width="11.5" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.75" customHeight="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
     <row r="2" ht="12.5" customHeight="1">
       <c r="A2" s="4"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
@@ -1537,427 +1540,441 @@
     <row r="7" ht="19.9" customHeight="1">
       <c r="A7" t="s" s="5">
         <v>1</v>
       </c>
       <c r="B7" t="s" s="5">
         <v>2</v>
       </c>
       <c r="C7" t="s" s="5">
         <v>3</v>
       </c>
       <c r="D7" t="s" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="8" ht="19.9" customHeight="1">
       <c r="A8" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B8" t="s" s="6">
         <v>6</v>
       </c>
       <c r="C8" t="s" s="6">
         <v>7</v>
       </c>
       <c r="D8" s="7">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" ht="19.9" customHeight="1">
       <c r="A9" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B9" t="s" s="6">
         <v>8</v>
       </c>
       <c r="C9" t="s" s="6">
         <v>9</v>
       </c>
       <c r="D9" s="7">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" ht="19.9" customHeight="1">
       <c r="A10" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B10" t="s" s="6">
         <v>10</v>
       </c>
       <c r="C10" t="s" s="6">
         <v>11</v>
       </c>
       <c r="D10" s="7">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" ht="19.9" customHeight="1">
       <c r="A11" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B11" t="s" s="6">
         <v>12</v>
       </c>
       <c r="C11" t="s" s="6">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D11" s="7">
-        <v>7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" ht="19.9" customHeight="1">
       <c r="A12" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B12" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s" s="6">
         <v>14</v>
       </c>
-      <c r="C12" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="7">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" ht="19.9" customHeight="1">
       <c r="A13" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B13" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="C13" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="C13" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="7">
-        <v>18</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" ht="19.9" customHeight="1">
       <c r="A14" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B14" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="C14" t="s" s="6">
         <v>18</v>
       </c>
-      <c r="C14" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" ht="19.9" customHeight="1">
       <c r="A15" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B15" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="C15" t="s" s="6">
         <v>20</v>
       </c>
-      <c r="C15" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="7">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" ht="19.9" customHeight="1">
       <c r="A16" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B16" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="C16" t="s" s="6">
         <v>22</v>
       </c>
-      <c r="C16" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="7">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" ht="19.9" customHeight="1">
       <c r="A17" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B17" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="C17" t="s" s="6">
         <v>24</v>
       </c>
-      <c r="C17" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="7">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" ht="19.9" customHeight="1">
       <c r="A18" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B18" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="C18" t="s" s="6">
         <v>26</v>
       </c>
-      <c r="C18" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="7">
-        <v>22</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" ht="19.9" customHeight="1">
       <c r="A19" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B19" t="s" s="6">
         <v>27</v>
       </c>
       <c r="C19" t="s" s="6">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D19" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="20" ht="19.9" customHeight="1">
       <c r="A20" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B20" t="s" s="6">
         <v>28</v>
       </c>
       <c r="C20" t="s" s="6">
         <v>29</v>
       </c>
       <c r="D20" s="7">
         <v>9</v>
       </c>
     </row>
     <row r="21" ht="19.9" customHeight="1">
       <c r="A21" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B21" t="s" s="6">
         <v>30</v>
       </c>
       <c r="C21" t="s" s="6">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="D21" s="7">
         <v>27</v>
       </c>
     </row>
     <row r="22" ht="19.9" customHeight="1">
       <c r="A22" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B22" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="C22" t="s" s="6">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D22" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="23" ht="19.9" customHeight="1">
       <c r="A23" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B23" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="C23" t="s" s="6">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D23" s="7">
         <v>12</v>
       </c>
     </row>
     <row r="24" ht="19.9" customHeight="1">
       <c r="A24" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B24" t="s" s="6">
+        <v>35</v>
+      </c>
+      <c r="C24" t="s" s="6">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D24" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="25" ht="19.9" customHeight="1">
       <c r="A25" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B25" t="s" s="6">
+        <v>37</v>
+      </c>
+      <c r="C25" t="s" s="6">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D25" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="26" ht="19.9" customHeight="1">
       <c r="A26" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B26" t="s" s="6">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C26" t="s" s="6">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="D26" s="7">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" ht="19.9" customHeight="1">
       <c r="A27" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B27" t="s" s="6">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C27" t="s" s="6">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D27" s="7">
-        <v>2</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" ht="19.9" customHeight="1">
       <c r="A28" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B28" t="s" s="6">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C28" t="s" s="6">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="D28" s="7">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" ht="19.9" customHeight="1">
       <c r="A29" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B29" t="s" s="6">
+        <v>44</v>
+      </c>
+      <c r="C29" t="s" s="6">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D29" s="7">
         <v>20</v>
       </c>
     </row>
     <row r="30" ht="19.9" customHeight="1">
       <c r="A30" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B30" t="s" s="6">
+        <v>46</v>
+      </c>
+      <c r="C30" t="s" s="6">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D30" s="7">
         <v>24</v>
       </c>
     </row>
     <row r="31" ht="19.9" customHeight="1">
       <c r="A31" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B31" t="s" s="6">
+        <v>48</v>
+      </c>
+      <c r="C31" t="s" s="6">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D31" s="7">
         <v>14</v>
       </c>
     </row>
     <row r="32" ht="19.9" customHeight="1">
       <c r="A32" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B32" t="s" s="6">
+        <v>50</v>
+      </c>
+      <c r="C32" t="s" s="6">
         <v>51</v>
       </c>
-      <c r="C32" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="7">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" ht="19.9" customHeight="1">
       <c r="A33" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B33" t="s" s="6">
         <v>52</v>
       </c>
       <c r="C33" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="D33" s="7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" ht="20" customHeight="1">
+      <c r="A34" t="s" s="6">
+        <v>5</v>
+      </c>
+      <c r="B34" t="s" s="6">
         <v>53</v>
       </c>
-      <c r="D33" s="7">
-[...7 lines deleted...]
-      <c r="B34" t="s" s="6">
+      <c r="C34" t="s" s="6">
         <v>54</v>
       </c>
-      <c r="C34" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="7">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" ht="20" customHeight="1">
       <c r="A35" t="s" s="6">
         <v>5</v>
       </c>
       <c r="B35" t="s" s="6">
+        <v>55</v>
+      </c>
+      <c r="C35" t="s" s="6">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D35" s="7">
         <v>17</v>
+      </c>
+    </row>
+    <row r="36" ht="20" customHeight="1">
+      <c r="A36" t="s" s="6">
+        <v>5</v>
+      </c>
+      <c r="B36" t="s" s="6">
+        <v>57</v>
+      </c>
+      <c r="C36" t="s" s="6">
+        <v>58</v>
+      </c>
+      <c r="D36" s="7">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup firstPageNumber="1" fitToHeight="1" fitToWidth="1" scale="100" useFirstPageNumber="0" orientation="portrait" pageOrder="downThenOver"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Helvetica Neue,Regular"&amp;12&amp;K000000&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>